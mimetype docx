--- v0 (2025-10-25)
+++ v1 (2025-12-23)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdnk_rasocxgpd6ulcoheul">
+      <w:hyperlink w:history="1" r:id="rIdtwaymc6rlydmbjcdlrgom">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdb7crrt12gnnk--v4svhua">
+      <w:hyperlink w:history="1" r:id="rId7bleojcruoxctn_diodht">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdqzninfhymhhaqrntlfofb">
+      <w:hyperlink w:history="1" r:id="rIdigknuitqj1doeyjxormpl">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId5gwsl9b7zoelhyucqasmt">
+      <w:hyperlink w:history="1" r:id="rIdthknahs7vyfu-zjxa6rfy">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdftfjj1qwttauq_9hizwti">
+      <w:hyperlink w:history="1" r:id="rId6gbsleae2bqzsuhhjedl7">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdkzc_alcjvo3o1coceotxd">
+      <w:hyperlink w:history="1" r:id="rIdkbjrg8o8oubvtjkmqoyad">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdnk_rasocxgpd6ulcoheul" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdb7crrt12gnnk--v4svhua" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdqzninfhymhhaqrntlfofb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rId5gwsl9b7zoelhyucqasmt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdftfjj1qwttauq_9hizwti" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdkzc_alcjvo3o1coceotxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdtwaymc6rlydmbjcdlrgom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rId7bleojcruoxctn_diodht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdigknuitqj1doeyjxormpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdthknahs7vyfu-zjxa6rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rId6gbsleae2bqzsuhhjedl7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdkbjrg8o8oubvtjkmqoyad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>