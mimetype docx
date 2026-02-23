--- v1 (2025-12-23)
+++ v2 (2026-02-23)
@@ -19,77 +19,77 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml" PartName="/word/comments.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kyle Pfromer</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="150"/>
       </w:pPr>
-      <w:hyperlink w:history="1" r:id="rIdtwaymc6rlydmbjcdlrgom">
+      <w:hyperlink w:history="1" r:id="rIdy05viy0t0fu49vu_ghxvr">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId7bleojcruoxctn_diodht">
+      <w:hyperlink w:history="1" r:id="rIdyhoy0rspd1kdjw0kezhz6">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">hi@kylepfromer.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdigknuitqj1doeyjxormpl">
+      <w:hyperlink w:history="1" r:id="rIdeucnq4pb9i2951w4cqdza">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="3b82f6"/>
           </w:rPr>
           <w:t xml:space="preserve">github.com/kpfromer</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">I am a full stack web developer that is passionate about systems engineering, websites and machine learning. I work on AI and full stack systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pBdr>
           <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="150"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Experience</w:t>
@@ -114,95 +114,95 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Sep. 2023 - Present</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Developing </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdthknahs7vyfu-zjxa6rfy">
+      <w:hyperlink w:history="1" r:id="rId0c9guvh1wnpnu60fiz0n8">
         <w:r>
           <w:t xml:space="preserve">Partner AI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> to blend compensation strategy, data, and policy into an AI-driven recruiter assistant that delivers context-aware, real-time market-based offer recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Building LLM guardrails with deterministic software to prevent hallucinations.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an AI classifier that classifies customer’s jobs into Compa’s job hierarchy with 83% accuracy (baseline accuracy was 70%). This helped decreased customer onboarding time by hours.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId6gbsleae2bqzsuhhjedl7">
+      <w:hyperlink w:history="1" r:id="rIdt8jjsifv1txvdaqis1mip">
         <w:r>
           <w:t xml:space="preserve">Employee Benchmarks</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">, a product that enables comp analysts to compare their employee compensation to the market.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tech led an internal tool (frontend + backend) to track data quality issues, akin to Sentry.io. Worked with XFN partners to establish baseline rule set.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -232,51 +232,51 @@
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Software Engineer Intern</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> | </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">May 2022 - Aug. 2022</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Worked on backend code for WhatsApp </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdkbjrg8o8oubvtjkmqoyad">
+      <w:hyperlink w:history="1" r:id="rIdgyntcpy-c6sfqnchhlhps">
         <w:r>
           <w:t xml:space="preserve">communities</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Code has improved performance for over 3 billion users.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="144" w:after="144"/>
       </w:pPr>
       <w:r>
@@ -1010,51 +1010,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rPr>
       <w:rFonts w:ascii="Inter" w:cs="Inter" w:eastAsia="Inter" w:hAnsi="Inter"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdtwaymc6rlydmbjcdlrgom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rId7bleojcruoxctn_diodht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdigknuitqj1doeyjxormpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rIdthknahs7vyfu-zjxa6rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rId6gbsleae2bqzsuhhjedl7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdkbjrg8o8oubvtjkmqoyad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rIdy05viy0t0fu49vu_ghxvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kylepfromer.com" TargetMode="External"/><Relationship Id="rIdyhoy0rspd1kdjw0kezhz6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hi@kpfromer.com" TargetMode="External"/><Relationship Id="rIdeucnq4pb9i2951w4cqdza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/kpfromer" TargetMode="External"/><Relationship Id="rId0c9guvh1wnpnu60fiz0n8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.compa.ai/partner-ai" TargetMode="External"/><Relationship Id="rIdt8jjsifv1txvdaqis1mip" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.trycompa.com/benchmarks" TargetMode="External"/><Relationship Id="rIdgyntcpy-c6sfqnchhlhps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.whatsapp.com/communities-now-available" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>